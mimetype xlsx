--- v0 (2025-10-01)
+++ v1 (2026-02-24)
@@ -1,86 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\DSPB\DECLARATIONS DEPORTS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E9C10E1B-4555-4D95-88E4-7418EBEB9A75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3937AE07-AB30-46F0-9CA4-F655DAAA975B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="2020-2024" sheetId="1" r:id="rId1"/>
+    <sheet name="2020-2025" sheetId="1" r:id="rId1"/>
     <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
     <sheet name="Feuil3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'2020-2024'!$1:$2</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'2020-2024'!$A$1:$E$6</definedName>
+    <definedName name="Print_Area" localSheetId="0">'2020-2025'!$A$1:$E$6</definedName>
+    <definedName name="Print_Titles" localSheetId="0">'2020-2025'!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="59">
   <si>
     <r>
       <t xml:space="preserve">Membre du Sénat
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>(nom, prénom, circonscription d'élection)</t>
     </r>
   </si>
   <si>
     <t>Durée</t>
   </si>
   <si>
     <t xml:space="preserve">Date de la déclaration  </t>
   </si>
   <si>
     <t>Mme Sophie Primas
 (Yvelines)</t>
@@ -244,50 +247,75 @@
   <si>
     <t>29/02/2024</t>
   </si>
   <si>
     <t>Proposition de loi visant à renforcer l'indépendance des médias et à mieux protéger les journalistes - texte n° 741 de Mme Sylvie ROBERT</t>
   </si>
   <si>
     <t>Mme Antoinette GUHL
 (Paris)</t>
   </si>
   <si>
     <t>Mardi 15 octobre, le temps de l'audition et du vote</t>
   </si>
   <si>
     <t>Audition et vote sur la proposition de nomination de M. Philippe MAUGUIN aux fonctions de Président de l'Institut national de recherche sur l'agriculture, l'alimentation et l'environnement (INRAE)</t>
   </si>
   <si>
     <t>11/10/2024</t>
   </si>
   <si>
     <t>Déport sur le vote d’amendements en lien
 avec la taxation des paris sportifs, lors du projet de loi de finances pour 2025, notamment avec l’amendement N° I-964</t>
   </si>
   <si>
     <t>Examen du projet de loi de finances pour 2025</t>
+  </si>
+  <si>
+    <t>M. Marc DAUBRESSE
+(Nord)</t>
+  </si>
+  <si>
+    <t>Proposition de loi portant création d'un statut de l'élu local</t>
+  </si>
+  <si>
+    <t>Vote sur les amendements en commission des Lois, débat et votes de l'examen en séance</t>
+  </si>
+  <si>
+    <t>Demande de déport car un membre de la famille du sénateur occupe des fonctions de responsabilité au sein du CEA</t>
+  </si>
+  <si>
+    <t>Déport sur le vote d'un amendement visant à augmenter les crédits du CEA dans le projet de loi de finances pour 2026</t>
+  </si>
+  <si>
+    <t>Vote en séance sur l'amendement visant à augmenter les crédits du CEA</t>
+  </si>
+  <si>
+    <t>Crédits de la mission budgétaire Médias, livre et industries culturelles</t>
+  </si>
+  <si>
+    <t>Examen du projet de loi de finances pour 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
@@ -746,439 +774,465 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="D17" sqref="D17"/>
+    <sheetView tabSelected="1" topLeftCell="A10" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="E19" sqref="E19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="32.6640625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="17.33203125" customWidth="1"/>
+    <col min="1" max="1" width="32.7109375" customWidth="1"/>
+    <col min="2" max="2" width="53.7109375" customWidth="1"/>
+    <col min="3" max="3" width="32.7109375" customWidth="1"/>
+    <col min="4" max="4" width="36.5703125" customWidth="1"/>
+    <col min="5" max="5" width="17.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="44.7" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:5" ht="44.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11" t="s">
         <v>8</v>
       </c>
       <c r="C1" s="12"/>
       <c r="D1" s="13"/>
       <c r="E1" s="10" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:5" ht="44.7" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:5" ht="44.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10"/>
       <c r="B2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>12</v>
       </c>
       <c r="E2" s="10"/>
     </row>
-    <row r="3" spans="1:5" ht="62.7" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:5" ht="62.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="6"/>
       <c r="E3" s="6" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="4" spans="1:5" s="7" customFormat="1" ht="79.2" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:5" s="7" customFormat="1" ht="79.150000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>13</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="1:5" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:5" ht="61.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>18</v>
       </c>
       <c r="E5" s="9">
         <v>44972</v>
       </c>
     </row>
-    <row r="6" spans="1:5" ht="120" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:5" ht="120" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="8" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="9">
         <v>45005</v>
       </c>
     </row>
-    <row r="7" spans="1:5" ht="90.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:5" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>25</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>26</v>
       </c>
       <c r="E7" s="9">
         <v>45006</v>
       </c>
     </row>
-    <row r="8" spans="1:5" s="5" customFormat="1" ht="44.7" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:5" s="5" customFormat="1" ht="44.65" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="8" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="9">
         <v>45213</v>
       </c>
     </row>
-    <row r="9" spans="1:5" s="5" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" s="5" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B9" s="8" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="9">
         <v>45259</v>
       </c>
     </row>
-    <row r="10" spans="1:5" s="5" customFormat="1" ht="94.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" s="5" customFormat="1" ht="94.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>37</v>
       </c>
       <c r="C10" s="8" t="s">
         <v>36</v>
       </c>
       <c r="D10" s="8"/>
       <c r="E10" s="9">
         <v>45316</v>
       </c>
     </row>
-    <row r="11" spans="1:5" ht="69" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" ht="75" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="12" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D12" s="8"/>
       <c r="E12" s="6" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="13" spans="1:5" ht="58.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="8" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>29</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="9">
         <v>45572</v>
       </c>
     </row>
-    <row r="14" spans="1:5" s="5" customFormat="1" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5" s="5" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="8"/>
       <c r="E14" s="6" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="15" spans="1:5" s="5" customFormat="1" ht="55.2" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" s="5" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="8" t="s">
         <v>49</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E15" s="9">
         <v>45621</v>
       </c>
     </row>
-    <row r="16" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-    <row r="19" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5" s="5" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="8"/>
+      <c r="E16" s="9">
+        <v>45953</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B17" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E17" s="9">
+        <v>45975</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" s="8"/>
+      <c r="E18" s="9">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3"/>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="4"/>
     </row>
-    <row r="20" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="4"/>
     </row>
-    <row r="21" spans="1:5" s="5" customFormat="1" ht="65.7" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:5" s="5" customFormat="1" ht="65.650000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3"/>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="4"/>
     </row>
-    <row r="22" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3"/>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="4"/>
     </row>
-    <row r="23" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3"/>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="4"/>
     </row>
-    <row r="24" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
       <c r="B24" s="3"/>
       <c r="C24" s="3"/>
       <c r="D24" s="3"/>
       <c r="E24" s="4"/>
     </row>
-    <row r="25" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3"/>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="4"/>
     </row>
-    <row r="26" spans="1:5" s="5" customFormat="1" ht="45.45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:5" s="5" customFormat="1" ht="45.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
       <c r="B26" s="3"/>
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="4"/>
     </row>
-    <row r="27" spans="1:5" s="5" customFormat="1" x14ac:dyDescent="0.3"/>
-[...2 lines deleted...]
-    <row r="30" spans="1:5" s="5" customFormat="1" x14ac:dyDescent="0.3"/>
+    <row r="27" spans="1:5" s="5" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="28" spans="1:5" s="5" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="29" spans="1:5" s="5" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="30" spans="1:5" s="5" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="E1:E2"/>
     <mergeCell ref="B1:D1"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="78" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
-      <vt:lpstr>2020-2024</vt:lpstr>
+      <vt:lpstr>2020-2025</vt:lpstr>
       <vt:lpstr>Feuil2</vt:lpstr>
       <vt:lpstr>Feuil3</vt:lpstr>
-      <vt:lpstr>'2020-2024'!Impression_des_titres</vt:lpstr>
-      <vt:lpstr>'2020-2024'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'2020-2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'2020-2025'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SENAT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>lkellenb</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>